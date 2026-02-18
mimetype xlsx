--- v0 (2025-12-30)
+++ v1 (2026-02-18)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8c1c9e801864cef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0ec7109dbb434412ba26449cc5b4509e.psmdcp" Id="R612dd918513748a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5666b193ba14a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/16c98daf98404a10ab79a7f2d5d8bc7e.psmdcp" Id="Re9f8e7089f424287" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Planifier" sheetId="2" r:id="rId2"/>
     <x:sheet name="Agir" sheetId="3" r:id="rId3"/>
     <x:sheet name="Observer" sheetId="4" r:id="rId4"/>
     <x:sheet name="Fréquence" sheetId="5" r:id="rId5"/>
     <x:sheet name="Résultat moyen par phase" sheetId="6" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="59">
   <x:si>
     <x:t>QuestionId</x:t>
   </x:si>
@@ -1266,79 +1266,79 @@
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.055425" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.595425" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.355425" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="7.965425" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="0" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="0" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:4">
       <x:c r="A4" s="0" t="n">
-        <x:v>2025</x:v>
+        <x:v>2026</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId13"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>